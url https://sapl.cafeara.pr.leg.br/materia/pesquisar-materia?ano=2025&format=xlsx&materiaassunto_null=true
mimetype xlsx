--- v0 (2025-10-15)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="105">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -184,50 +184,159 @@
     <t>Dispõe sobre o Plano Plurianual, PPA – 2026-2029 para o Município de Cafeara, e estabelece outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/104/loa_para_2026_e_anexos.zip</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Cafeara para o exercício de 2026.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>EDEVANIO JOSÉ DOS SANTOS</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de veículos de mobilidade elétrica no Município de Cafeara, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_-_dispoe_sobre_o_regime_de_adiantamento_de_numerario_para_despesas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o regime de adiantamento de numerário para despesas de pronto pagamento no âmbito do Município de Cafeara e regulamenta o art. 95, § 2°, da Lei Federal nº 14.133, de 1º de abril de 2021.</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/108/concessao_barracoes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para a outorga de concessão de uso de barracões públicos no Parque Industrial de Cafeara, e estabelece outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_19-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração do artigo 9º da Lei Ordinária Municipal nº 684/2025, que "Cria o Fundo Municipal de Esporte (FME) no âmbito do Município de Cafeara - PR", modificando o regime de vigência para garantir sua imediata entrada em vigor.</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/111/projrto_de_lei_2025_-_credito_adiconal_especial.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Especial ao Orçamento Anual de 2025 do Município de Cafeara e dá outras providências.</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Altera o artigo 3º da Lei Municipal nº 597, de 14 de setembro de 2022, que regulamenta sobre o processo de escolha e exercício do mandato dos gestores escolares nas unidades educacionais da Rede Pública de Ensino Municipal, dispondo sobre a extensão do período de exercício da função de Diretor de 02 (dois) para 03 (três) anos, e estabelece disposições transitórias para aplicação imediata aos atuais diretores escolares</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Proíbe a venda, a oferta e o uso de cigarros eletrônicos e dispositivos similares em locais públicos no Município de Cafeara – PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_-_iptu_2026.pdf</t>
+  </si>
+  <si>
+    <t>ENCAMINHA PROJETO DE LEI QUE CRIA A PLANTA GENÉRICA DE VALORES PARA LANÇAMENTO DO I.P.T.U, PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a ratificação do Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores para formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal n°11.107, de 6 de abril de 2005, e seu regulamento, visando ao desenvolvimento de ações na esfera da assistencia farmaceutica no ambito do Sistema Unico de Saude (SUS), e dá otras providencias.</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no_25-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a redação do Contrato de Consórcio Público e do Estatuto Social do Consórcio Intermunicipal de Saneamento Básico do Paraná (CISPAR) e autoriza o ingresso do Município no referido Consórcio.</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Cafeara a adquirir área de terreno para construção de uma Creche Municipal e de unidades habitacionais vinculadas ao Programa Casa Fácil Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>Fixa o valor mínimo para ajuizamento de Ação de Execução Fiscal, objetivando a cobrança de dívida fiscal de natureza tributária e não tributária da Fazenda Pública Municipal, autoriza a desistência de execuções fiscais e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_complentar_-_2025_-_altera_a_lei_362_vagas_vencimentos_cargos.pdf</t>
   </si>
   <si>
     <t>Súmula: Altera o Anexo II – Tabela de Habilitação Mínima, Vencimento Inicial e Número de Vagas para Cada Cargo, da Lei Complementar n° 362/2011, que dispõe sobre a Organização do Plano de Cargos, Carreira e Remuneração dos Servidores Públicos do Município de Cafeara, e dá outras providências.”</t>
   </si>
@@ -564,56 +673,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_ordinario_04-2025_-_antirracismo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_ordinario_05-2025_-_inclusao_.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_-_autoriza__a_celebrar_termo_de_colaboracao_-_apae.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_-_prorroga_o_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_________-_2025_-_ldo_para_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_11-2025_institui_o_programa_incentivo_ao_esporte_e_cria_conselho_municipal_esporte_oficial.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_12-2025_cria_o_fundo_municipal_do_esporte_fme.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/103/anexos_ppa_2026-2029.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/104/loa_para_2026_e_anexos.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_complentar_-_2025_-_altera_a_lei_362_vagas_vencimentos_cargos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/97/encaminha_projeto_de_lei_que_altera_estrutura_administrativa_-_art._24_-_paragrafo_unico_-_lei_no_353-2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_ordinario_04-2025_-_antirracismo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_ordinario_05-2025_-_inclusao_.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_-_autoriza__a_celebrar_termo_de_colaboracao_-_apae.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_-_prorroga_o_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_________-_2025_-_ldo_para_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_11-2025_institui_o_programa_incentivo_ao_esporte_e_cria_conselho_municipal_esporte_oficial.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/102/projeto_de_lei_12-2025_cria_o_fundo_municipal_do_esporte_fme.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/103/anexos_ppa_2026-2029.zip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/104/loa_para_2026_e_anexos.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_-_dispoe_sobre_o_regime_de_adiantamento_de_numerario_para_despesas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/108/concessao_barracoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/111/projrto_de_lei_2025_-_credito_adiconal_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_-_iptu_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_complentar_-_2025_-_altera_a_lei_362_vagas_vencimentos_cargos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cafeara.pr.leg.br/media/sapl/public/materialegislativa/2025/97/encaminha_projeto_de_lei_que_altera_estrutura_administrativa_-_art._24_-_paragrafo_unico_-_lei_no_353-2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="174" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -905,136 +1014,406 @@
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>95</v>
+      </c>
+      <c r="E23" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>22</v>
       </c>
-      <c r="D15" t="s">
-[...12 lines deleted...]
-        <v>68</v>
+      <c r="D25" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>